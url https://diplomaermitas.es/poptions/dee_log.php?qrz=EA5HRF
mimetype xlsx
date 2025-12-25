--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DEE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="393">
   <si>
     <t>DIPLOMA ERMITAS DE ESPAÑA - DEE</t>
   </si>
   <si>
     <t>LOGS DE EA5HRF</t>
   </si>
   <si>
     <t>139 Referencias DEE - 139 QSO encontrados - 128 Referencias DME</t>
   </si>
   <si>
-    <t>Clasificación Ermitas #2683 (25-10-2025 19:36)</t>
+    <t>Clasificación Ermitas #2696 (25-12-2025 18:25)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5IIC</t>
   </si>