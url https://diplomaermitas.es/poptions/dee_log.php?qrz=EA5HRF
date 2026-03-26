--- v1 (2025-12-25)
+++ v2 (2026-03-26)
@@ -14,60 +14,60 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DEE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="393">
   <si>
-    <t>DIPLOMA ERMITAS DE ESPAÑA - DEE</t>
+    <t>DIPLOMA ERMITAS DE ESPAï¿½A - DEE</t>
   </si>
   <si>
     <t>LOGS DE EA5HRF</t>
   </si>
   <si>
     <t>139 Referencias DEE - 139 QSO encontrados - 128 Referencias DME</t>
   </si>
   <si>
-    <t>Clasificación Ermitas #2696 (25-12-2025 18:25)</t>
+    <t>Clasificaciï¿½n Ermitas #2713 (26-03-2026 17:38)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5IIC</t>
   </si>
@@ -4043,51 +4043,51 @@
       </c>
       <c r="C106" s="5">
         <v>39083</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="5">
         <v>40</v>
       </c>
       <c r="F106" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G106" s="5" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" s="3" t="s">
         <v>300</v>
       </c>
       <c r="B107" s="4" t="s">
         <v>301</v>
       </c>
       <c r="C107" s="5">
-        <v>39052</v>
+        <v>39048</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="5">
         <v>40</v>
       </c>
       <c r="F107" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G107" s="5" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B108" s="4" t="s">
         <v>303</v>
       </c>
       <c r="C108" s="5">
         <v>37081</v>
       </c>
       <c r="D108" s="4" t="s">