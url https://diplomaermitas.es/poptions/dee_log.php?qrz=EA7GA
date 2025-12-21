--- v0 (2025-10-22)
+++ v1 (2025-12-21)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DEE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="366">
   <si>
     <t>DIPLOMA ERMITAS DE ESPAÑA - DEE</t>
   </si>
   <si>
     <t>LOGS DE EA7GA</t>
   </si>
   <si>
     <t>128 Referencias DEE - 132 QSO encontrados - 112 Referencias DME</t>
   </si>
   <si>
-    <t>Clasificación Ermitas #2799 (22-10-2025 15:43)</t>
+    <t>Clasificación Ermitas #2814 (21-12-2025 18:07)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>ED5JRA</t>
   </si>
@@ -605,312 +605,312 @@
   <si>
     <t>EA5AVW/P</t>
   </si>
   <si>
     <t>EMU-006</t>
   </si>
   <si>
     <t>03/02/2001</t>
   </si>
   <si>
     <t>EA5CCG/P</t>
   </si>
   <si>
     <t>EMU-009</t>
   </si>
   <si>
     <t>EA5HT/P</t>
   </si>
   <si>
     <t>EMU-019</t>
   </si>
   <si>
     <t>24/03/2002</t>
   </si>
   <si>
-    <t>ED5ALO</t>
+    <t>ED2VPB</t>
   </si>
   <si>
     <t>EMU-035</t>
   </si>
   <si>
+    <t>14/07/2001</t>
+  </si>
+  <si>
+    <t>ED5URM</t>
+  </si>
+  <si>
+    <t>EMU-037</t>
+  </si>
+  <si>
+    <t>29/09/2001</t>
+  </si>
+  <si>
+    <t>EMU-042</t>
+  </si>
+  <si>
+    <t>17/11/2001</t>
+  </si>
+  <si>
+    <t>EA5AVV/P</t>
+  </si>
+  <si>
+    <t>EMU-043</t>
+  </si>
+  <si>
+    <t>17/02/2001</t>
+  </si>
+  <si>
+    <t>ED2TDL</t>
+  </si>
+  <si>
+    <t>ENA-084</t>
+  </si>
+  <si>
+    <t>ED2MSB</t>
+  </si>
+  <si>
+    <t>ENA-219</t>
+  </si>
+  <si>
+    <t>05/05/2001</t>
+  </si>
+  <si>
+    <t>ENA-250</t>
+  </si>
+  <si>
+    <t>16/02/2019</t>
+  </si>
+  <si>
+    <t>ED2NEA</t>
+  </si>
+  <si>
+    <t>ENA-260</t>
+  </si>
+  <si>
+    <t>28/06/1998</t>
+  </si>
+  <si>
+    <t>ED2NEP</t>
+  </si>
+  <si>
+    <t>ENA-279</t>
+  </si>
+  <si>
+    <t>01/05/2003</t>
+  </si>
+  <si>
+    <t>ENA-280</t>
+  </si>
+  <si>
+    <t>EA1DYS/P</t>
+  </si>
+  <si>
+    <t>EO-046</t>
+  </si>
+  <si>
+    <t>10/03/2002</t>
+  </si>
+  <si>
+    <t>EF1CRQ/P</t>
+  </si>
+  <si>
+    <t>EPO-002</t>
+  </si>
+  <si>
+    <t>26/05/2007</t>
+  </si>
+  <si>
+    <t>ED1BE</t>
+  </si>
+  <si>
+    <t>16/10/2004</t>
+  </si>
+  <si>
+    <t>EA1FQO</t>
+  </si>
+  <si>
+    <t>EPO-076</t>
+  </si>
+  <si>
+    <t>15/03/2025</t>
+  </si>
+  <si>
+    <t>ED1VDM/P</t>
+  </si>
+  <si>
+    <t>ES-001</t>
+  </si>
+  <si>
+    <t>07/07/2001</t>
+  </si>
+  <si>
+    <t>ED1STA/P</t>
+  </si>
+  <si>
+    <t>ES-002</t>
+  </si>
+  <si>
+    <t>26/07/2002</t>
+  </si>
+  <si>
+    <t>EA9JS/P</t>
+  </si>
+  <si>
+    <t>ESE-001</t>
+  </si>
+  <si>
+    <t>EA9JS/7</t>
+  </si>
+  <si>
+    <t>28/12/1997</t>
+  </si>
+  <si>
+    <t>EA7GGP/P</t>
+  </si>
+  <si>
+    <t>ESE-002</t>
+  </si>
+  <si>
+    <t>22/03/1998</t>
+  </si>
+  <si>
+    <t>ESE-006</t>
+  </si>
+  <si>
+    <t>19/03/2000</t>
+  </si>
+  <si>
+    <t>ESE-007</t>
+  </si>
+  <si>
+    <t>27/02/2000</t>
+  </si>
+  <si>
+    <t>ESE-011</t>
+  </si>
+  <si>
+    <t>26/10/2003</t>
+  </si>
+  <si>
+    <t>ESE-016</t>
+  </si>
+  <si>
+    <t>12/01/2002</t>
+  </si>
+  <si>
+    <t>ED7CK/P</t>
+  </si>
+  <si>
+    <t>ESE-034</t>
+  </si>
+  <si>
+    <t>15/11/2003</t>
+  </si>
+  <si>
+    <t>ESE-053</t>
+  </si>
+  <si>
+    <t>02/01/2005</t>
+  </si>
+  <si>
+    <t>ESE-057</t>
+  </si>
+  <si>
+    <t>24/10/2004</t>
+  </si>
+  <si>
+    <t>ESE-061</t>
+  </si>
+  <si>
+    <t>04/10/2004</t>
+  </si>
+  <si>
+    <t>EA7FIQ/P</t>
+  </si>
+  <si>
+    <t>ESE-078</t>
+  </si>
+  <si>
+    <t>10/04/2005</t>
+  </si>
+  <si>
+    <t>ESE-081</t>
+  </si>
+  <si>
+    <t>30/11/2003</t>
+  </si>
+  <si>
+    <t>ESE-092</t>
+  </si>
+  <si>
+    <t>23/01/2005</t>
+  </si>
+  <si>
+    <t>ESE-102</t>
+  </si>
+  <si>
+    <t>19/02/2012</t>
+  </si>
+  <si>
+    <t>ED2ESS</t>
+  </si>
+  <si>
+    <t>ESS-052</t>
+  </si>
+  <si>
+    <t>EA3BE/P</t>
+  </si>
+  <si>
+    <t>ET-001</t>
+  </si>
+  <si>
+    <t>16/06/1999</t>
+  </si>
+  <si>
+    <t>ED3MDM</t>
+  </si>
+  <si>
+    <t>ET-015</t>
+  </si>
+  <si>
+    <t>13/04/2002</t>
+  </si>
+  <si>
+    <t>ED2TEE</t>
+  </si>
+  <si>
+    <t>ETE-013</t>
+  </si>
+  <si>
+    <t>23/02/2002</t>
+  </si>
+  <si>
+    <t>ETE-021</t>
+  </si>
+  <si>
     <t>13/07/2001</t>
-  </si>
-[...253 lines deleted...]
-    <t>ETE-021</t>
   </si>
   <si>
     <t>ED2ETE</t>
   </si>
   <si>
     <t>ETE-036</t>
   </si>
   <si>
     <t>15/07/2001</t>
   </si>
   <si>
     <t>EA5UN/2</t>
   </si>
   <si>
     <t>ETE-059</t>
   </si>
   <si>
     <t>28/07/2001</t>
   </si>
   <si>
     <t>EA5ST/2</t>
   </si>
   <si>
     <t>ETE-060</t>
   </si>
@@ -3887,69 +3887,69 @@
     <row r="103" spans="1:7">
       <c r="A103" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B103" s="4" t="s">
         <v>281</v>
       </c>
       <c r="C103" s="5">
         <v>44192</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="5">
         <v>40</v>
       </c>
       <c r="F103" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G103" s="5" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="B104" s="4" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="C104" s="5">
         <v>44040</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="5">
         <v>40</v>
       </c>
       <c r="F104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G104" s="5" t="s">
-        <v>199</v>
+        <v>284</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" s="3" t="s">
         <v>285</v>
       </c>
       <c r="B105" s="4" t="s">
         <v>286</v>
       </c>
       <c r="C105" s="5">
         <v>44094</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="5">
         <v>40</v>
       </c>
       <c r="F105" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G105" s="5" t="s">
         <v>287</v>
       </c>
     </row>