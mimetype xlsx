--- v1 (2025-12-21)
+++ v2 (2026-03-22)
@@ -14,60 +14,60 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DEE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="366">
   <si>
-    <t>DIPLOMA ERMITAS DE ESPAÑA - DEE</t>
+    <t>DIPLOMA ERMITAS DE ESPAï¿½A - DEE</t>
   </si>
   <si>
     <t>LOGS DE EA7GA</t>
   </si>
   <si>
     <t>128 Referencias DEE - 132 QSO encontrados - 112 Referencias DME</t>
   </si>
   <si>
-    <t>Clasificación Ermitas #2814 (21-12-2025 18:07)</t>
+    <t>Clasificaciï¿½n Ermitas #2827 (22-03-2026 05:37)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>ED5JRA</t>
   </si>
@@ -3410,51 +3410,51 @@
       </c>
       <c r="C82" s="5">
         <v>36050</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="5">
         <v>20</v>
       </c>
       <c r="F82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G82" s="5" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B83" s="4" t="s">
         <v>234</v>
       </c>
       <c r="C83" s="5">
-        <v>39004</v>
+        <v>39086</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="5">
         <v>40</v>
       </c>
       <c r="F83" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G83" s="5" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="3" t="s">
         <v>236</v>
       </c>
       <c r="B84" s="4" t="s">
         <v>237</v>
       </c>
       <c r="C84" s="5">
         <v>39027</v>
       </c>
       <c r="D84" s="4" t="s">