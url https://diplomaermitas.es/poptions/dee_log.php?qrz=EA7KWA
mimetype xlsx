--- v0 (2025-12-17)
+++ v1 (2026-02-15)
@@ -14,60 +14,60 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DEE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
-    <t>DIPLOMA ERMITAS DE ESPAÑA - DEE</t>
+    <t>DIPLOMA ERMITAS DE ESPAï¿½A - DEE</t>
   </si>
   <si>
     <t>LOGS DE EA7KWA</t>
   </si>
   <si>
     <t>1 Referencias DEE - 1 QSO encontrados - 1 Referencias DME</t>
   </si>
   <si>
-    <t>Clasificación Ermitas #37416 (17-12-2025 19:19)</t>
+    <t>Clasificaciï¿½n Ermitas #37448 (15-02-2026 20:46)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5RD</t>
   </si>